--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -32682,69 +32682,51 @@
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
         </w:rPr>
-        <w:t>YANG Peihong, GUO Ruichao, CHEN Liangyu, LI Jin</w:t>
-[...17 lines deleted...]
-        <w:t>, YANG Song. Research Progress of Catalytic Conversion Based on Biomass Refining Derivatives[J]. Energy Environmental Protection, 2025, 39(3): 103−112. DOI: 10.20078/j.eep.20250210.</w:t>
+        <w:t>YANG Peihong, GUO Ruichao, CHEN Liangyu, LI Jin, YANG Song. Research Progress of Catalytic Conversion Based on Biomass Refining Derivatives[J]. Energy Environmental Protection, 2025, 39(3): 103−112. DOI: 10.20078/j.eep.20250210.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F52FB9F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:suppressLineNumbers w:val="0"/>
         <w:pBdr>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:pBdr>
         <w:shd w:val="clear" w:fill="FFFFFF"/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
@@ -35293,50 +35275,24499 @@
           <w:caps w:val="0"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
         </w:rPr>
         <w:t>ZHU Xinyuan, ZHANG Yue, HAO Botian, CHEN Gaocheng, XU Donghai. Upgrading Biocrude Derived from Municipal Sludge Hydrothermal Liquefaction Catalyzed by ZSM-5[J]. Energy Environmental Protection, 2025 , 39 (3): 186−194. DOI: 10.20078/j.eep.20250501.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F3F8EC">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78DE560C">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="13"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="13"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>2025年第4期</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE4BE6C">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>魏静,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>邓敏,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>银登国,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>史龙</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>秦子康</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>郑峻峰</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>姚露</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>蒋文举</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>杨林</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>代忠德.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>“双碳”背景下钢铁行业CO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>捕集研究进展[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>9(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>1−13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>DOI:10.20078/j.eep.20250316</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1833F2B3">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5496" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5496</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3611E515">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>WEI Jing, DENG Min, YIN Dengguo, SHI Long</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> QIN Zikang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZHENG Junfeng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> YAO Lu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JIANG Wenju</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> YANG Lin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DAI Zhongde. Research Progress on CO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Capture in the Steel Industry Under</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>the Dual Carbon Background[J]. Energy Environmental Protection, 2025, 39(4): 1−13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250316" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250316</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B274B15">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AA07699">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>邹洋,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>刘霄龙,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>朱廷钰.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>贵金属负载催化剂用于CO氧化研究进展[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>14−25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250301" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250301</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B40FD05">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5488" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5488</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794C50F0">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>ZOU Yang, LIU Xiaolong, ZHU Tingyu. Research Progress on CO Oxidation with Supported Noble Metal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Catalysts[J]. Energy Environmental Protection, 2025, 39(4): 14−25.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250301" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250301</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F3AFB8">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3796E6DD">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27D1F227">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>贾丽娟,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>杨绍香,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>杨林杰,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>冯嘉予</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>崔硕</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>王访</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>刘彦章</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>宁平.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>高炉冶炼粉尘湿法回收金属锌研究进展[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>26−36.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250604" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250604</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A0A6C5">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5490" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5490</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73624C0E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>JIA Lijuan, YANG Shaoxiang, YANG Linjie, FENG Jiayu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CUI Shuo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WANG Fang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LIU Yanzhang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NING Ping. Research Progress on Wet Recovery of Zinc Metal from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Blast Furnace Smelting Dust[J]. Energy Environmental Protection, 2025, 39(4): 26−36.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250604" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250604</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E36512">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02CB9090">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>冯超,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>屠明伟,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>朱荣,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>张天福</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>林滔</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 王晓东.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>CO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>-CO循环利用实现钢化联产的实践与进展[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>37−47.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250304" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250304</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252517C9">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5492" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5492</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11371A41">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>FENG Chao, TU Mingwei, ZHU Rong, ZHANG Tianfu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LIN Tao</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WANG Xiaodong. Practical Application and Progress of CO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>-CO Recycling in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Steel Chemical Co-Production[J]. Energy Environmental Protection, 2025, 39(4): 37−47.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250304" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250304</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D86ABB1">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73326457">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>费玲云,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>邹伟民,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>周美彦,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>王雅情</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 李青竹.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>尾矿资源化利用现状及生态化利用研究进展[J].能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>48−60.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250204" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250204</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48739B87">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5494" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5494</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0E26A8">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>FEI Lingyun, ZOU Weimin, ZHOU Meiyan, WANG Yaqing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LI Qingzhu. Current Status of Tailings Resource Utilization and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Research Progress on Ecological Utilization[J]. Energy Environmental Protection, 2025, 39(4): 48−60.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250204" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250204</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED9F84B">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2300B8D3">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>王艺晰,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>员宇杰,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>杨阳,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>李超群</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 徐文青</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 朱廷钰.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>工业烟气CO催化还原NO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>技术研究进展[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>61−73.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250405" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250405</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C968BBC">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5482" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5482</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D07B23">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>WANG Yixi, YUAN Yujie, YANG Yang, LI Chaoqun</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> XU Wenqing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZHU Tingyu. Research Progress on NO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Catalytic Reduction by CO in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Industrial Flue Gas[J]. Energy Environmental Protection, 2025, 39(4): 61−73.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250405" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250405</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0561E1FC">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D627F1B">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>左慧琮,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>江磊,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>李丹阳,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>王华</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 李孔斋.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>碳中和背景下钢厂煤气资源化发展分析与前景[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>74−87.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250408" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250408</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22326A99">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5484" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5484</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3386DB2F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>ZUO Huicong, JIANG Lei, LI Danyang, WANG Hua</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LI Kongzhai. Analyses and Prospects of Steel Mill Gas Resource Utilization</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>and Development Under Carbon Neutrality Background[J]. Energy Environmental Protection, 2025, 39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>74−87.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250408" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250408</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D43D1AF">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="043AE82A">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>沈锋华,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>李雨芹,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>刘菀凝,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>向开松</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>刘恢.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>介孔铝耦合等离子体催化分解CF</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>研究[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>88−94.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250407" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250407</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E357199">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5486" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5486</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159DC6F5">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>SHEN Fenghua, LI Yuqin, LIU Wanning, XIANG Kaisong</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>LIU Hui. Catalytic Decomposition of CF</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by Mesoporous Aluminum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Coupled with Non-Thermal Plasma[J]. Energy Environmental Protection, 2025, 39(4): 88−94.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250407" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250407</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE0CCA6">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C694D91">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>王德喆,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>米英杰,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>黄浩东,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>傅安东</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>马琎晨</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 赵海波.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>生物质化学链燃烧中碱土金属修饰的Cu基氧载体的固氯特性研究[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>95−103.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250317" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250317</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="308A33CE">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5476" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5476</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4A64CE">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>WANG Dezhe, MI Yingjie, HUANG Haodong, FU Andong</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>MA Jinchen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZHAO Haibo. Characterization of Chlorine Fixation in Alkaline</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Metal-Modified Cu-Based Oxygen Carriers for Biomass Chemical Looping Combustion[J]. Energy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Environmental Protection, 2025, 39(4): 95−103.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250317" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250317</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39985FCA">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="442F9E37">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>袁博,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>左小萌,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>王誉佳,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>郝润龙.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>二氧化锰晶相对低温微波催化矿化甲苯的影响研究[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>104−114.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20241205" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20241205</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78889DF6">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5478" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5478</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="233157A2">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">YUAN Bo, ZUO Xiaomeng, WANG Yujia, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>HAO Runlong</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>. Study on the Influence of MnO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Crystal Phases on Low-Temperature Microwave Catalytic Mineralization of Toluene[J]. Energy Environmental Protection, 2025 ,39(4): 104−114.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20241205" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20241205</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476B180E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D2E4715">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>洪钦源,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>蔡香玲,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>高冠群,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>徐浩淼</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>瞿赞</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 晏乃强.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>CVOCs对吸附剂低温吸附零价汞的影响[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>115−126.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250311" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250311</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F1E7BD">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5480" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5480</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF8677B">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>HONG Qinyuan, CAI Xiangling, GAO Guanqun, XU Haomiao</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>QU Zan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> YAN Naiqiang. Effects of CVOCs on Low-Temperature Adsorption</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>of Elemental Mercury by Adsorbents[J]. Energy Environmental Protection, 2025, 39(4): 115−126.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250311" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250311</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A6233F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="411DE00C">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>王斌,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>刘旭东,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>李玉然,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>刘利</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>徐文青</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>朱廷钰.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Zn掺杂α-羟基氧化铁脱除高炉煤气中H</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>S性能研究[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>127−135.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250206" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250206</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DAF187D">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5468" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5468</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DFC4236">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>WANG Bin, LIU Xudong, LI Yuran, LIU Li</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>XU Wenqing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>ZHU Tingyu. Performance Study on Zn-Doped α-FeOOH in Removing H</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>from Blast Furnace Gas[J]. Energy Environmental Protection, 2025, 39(4): 127−135.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250206" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250206</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A2A3874">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F4CB827">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>董庆元,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>周松山,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>郑豪,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>田洋</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>宋传京</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>冮海银</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>舒建成</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>王蓉</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>陈梦君.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>飞灰真空熔融处理过程污染物变化研究[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>136−146.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250208" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250208</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C32C62">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5470" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5470</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468A24A7">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>DONG Qingyuan, ZHOU Songshan, ZHENG Hao, TIAN Yang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>SONG Chuanjing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>GANG Haiyin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>SHU Jiancheng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>WANG Rong</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>CHEN Mengjun. Study on Pollutant Transformation During Fly Ash</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Vacuum Melting Treatment[J]. Energy Environmental Protection, 2025, 39(4): 136−146.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250208" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250208</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52274B50">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="179F13E6">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>赵劼,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>林孝锋,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>张伟,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>李波</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 李凯.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>基于改性离子交换膜的电渗析法脱硫芒硝资源化过程与性能[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>147−157.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250315" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19046651">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5472" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5472</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA3D92F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>ZHAO Jie, LIN Xiaofeng, ZHANG Wei, LI Bo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LI Kai. Process and Performance of Desulfurizing Thenardite</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Resource Utilization Based on Electrodialysis with Modified Ion Exchange Membranes[J]. Energy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Environmental Protection, 2025, 39(4): 147−157.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250315" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250315</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4A94D2">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2481582C">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>张裕嘉,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>关利聪,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>周子贤,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>许兰翔</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>刘志楼.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>油茶壳改性生物质炭脱除冶炼烟气中砷的研究[J].能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>158−166.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250203" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250203</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39863084">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5474" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5474</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BFA1219">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>ZHANG Yujia, GUAN Licong, ZHOU Zixian, XU Lanxiang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LIU Zhilou. Study on Arsenic Removal from Smelter Flue Gas Using</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Modified Camellia Oil Shell Biochar[J]. Energy Environmental Protection, 2025, 39(4): 158−166.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250203" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250203</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2F1314">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E4C38CA">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>李超凡,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>杜学森,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>苏小军,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>陈金飞</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>陈艳容.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Co基分子筛催化剂氨分解性能及反应机制的研究[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>167−177.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20240505" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20240505</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148DB5C9">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5464" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5464</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332F235E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>LI Chaofan, DU Xuesen, SU Xiaojun, CHEN Jinfei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>CHEN Yanrong. Co-Based Molecular Sieve Catalysts for Ammonia Decomposition: Performance and Reaction Mechanism[J]. Energy Environmental Protection, 2025, 39(4): 167−177.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20240505" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20240505</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8254BE">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61CF9978">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>李震,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>刘征建,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>张建良,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>王耀祖.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>富氧技术对烧结过程燃料燃烧及CO排放的影响数值模拟[J].</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>能源环境保护,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>39(4):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>178−185.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250406" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250406</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B097112">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="0" w:right="0" w:rightChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5466" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="6"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5466</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02974066">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LI Zhen, LIU Zhengjian, ZHANG Jianliang, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>WANG Yaozu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>. Numerical Simulation of the Impact of Oxygen Enrichment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>Technology on Fuel Combustion and CO Emissions During Sintering[J]. Energy Environmental Protection,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2025, 39(4): 178−185.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://dx.doi.org/10.20078/j.eep.20250406" \t "https://www.eep1987.com/article/_blank" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250406</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187976F8">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="166A3544">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="13"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="13"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>2025年第5期</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46EAB939">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>周镇港, 伍致承, 柳伟杰, 姚栋伟</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 潘诚晋</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 林赛赛</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 沈海涛</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 张涌新</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 范海东</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 张士汉</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 郑成航</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 高翔. 船舶碳减排关键技术与应用研究进展[J]. 能源环境保护, 2025, 39(5): 1−16.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250205.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F1274FA">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5546" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5546</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00169209">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>ZHOU Zhengang, WU Zhicheng, LIU Weijie, YAO Dongwei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PAN Chengjin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LIN Saisai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SHEN Haitao</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZHANG Yongxin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FAN Haidong</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZHANG Shihan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZHENG Chenghang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GAO Xiang. Advances in Key Technologies and Applications for Ship Carbon Emission Reduction[J]. Energy Environmental Protection, 2025, 39(5): 1−16. DOI: 10.20078/j.eep.20250205.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4581E645">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38256ECC">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>安徽, 张永琦, 滕舒丞, 郑傲督</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 吴思语</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 刘轩志</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 张刚</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 巩峰</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 肖睿. 不同废弃生物质在废旧锂电池回收中的应用[J]. 能源环境保护, 2025, 39(5): 17−29.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250603.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E52965">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5548" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5548</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03BE773A">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>AN Hui, ZHANG Yongqi, TENG Shucheng, ZHENG Aodu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WU Siyu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LIU Xuanzhi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZHANG Gang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GONG Feng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> XIAO Rui. Applications of Different Biomass in the Recycling of Spent Lithium-Ion Batteries[J]. Energy Environmental Protection, 2025, 39(5): 17−29. DOI: 10.20078/j.eep.20250603.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EAB60F6">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C8A1303">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>许银辉, 陈大铜, 王枫亮, 房瑞琪</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 赵鑫</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 李映伟. 糠醛加氢制备环戊酮研究进展[J]. 能源环境保护, 2025, 39(5): 30−43.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250601.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55C91B50">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5550" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5550</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B29BCE">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>XU Yinhui, CHEN Datong, WANG Fengliang, FANG Ruiqi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZHAO Xin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LI Yingwei. Advances in Cyclopentanone Production via Furfural Hydrogenation[J]. Energy Environmental Protection, 2025, 39(5): 30−43. DOI: 10.20078/j.eep.20250601.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E5A26C">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60979480">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>何沁源, 刘霄龙, 李彬, 朱廷钰. 钢铁烧结烟气二噁英生成机理及控制技术研究进展[J]. 能源环境保护, 2025, 39(5): 44−56.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250313.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AEEEBEA">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5552" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5552</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D19133">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>HE Qinyuan, LIU Xiaolong, LI Bin, ZHU Tingyu. Research Progress on Formation Mechanism and Control Technology of Dioxins in Iron and Steel Sintering Flue Gas[J]. Energy Environmental Protection, 2025, 39(5): 44−56. DOI: 10.20078/j.eep.20250313.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F39221">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22295A09">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>马昭, 梁雪晴, 王仁政, 徐静攀</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 郝润龙. 烟气脱汞吸附剂研究进展[J]. 能源环境保护, 2025, 39(5): 57−68.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250312.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7322F22E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5554" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5554</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173A3E76">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>MA Zhao, LIANG Xueqing, WANG Renzheng, XU Jingpan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HAO Runlong. Research Progress on Adsorbents for Mercury Removal from Flue Gas[J]. Energy Environmental Protection, 2025, 39(5): 57−68.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>DOI: 10.20078/j.eep.20250312.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE27FAF">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F6E9C99">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>魏亮亮, 邵朔澄, 冯立魁, 赵维鑫</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 李莉莉</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 李丹. 面向高寒、高固、高稳定性的城镇污泥高效厌氧消化产甲烷技术发展方向[J]. 能源环境保护, 2025, 39(5): 69−78.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250110.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E885F4">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5536" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5536</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>WEI Liangliang, SHAO Shuocheng, FENG Likui, ZHAO Weixin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LI Lili</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LI Dan. Development Directions for High-EfficiencyAnaerobic Digestion Technology with High Cold Tolerance, High Solid Content, and High Stability for SewageSludge Methane Production[J]. Energy Environmental Protection, 2025, 39(5): 69−78.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>10.20078/j.eep.20250110</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3357B927">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D82CE41">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>杨佳林, 孟仕浩, 韩博宇, 范轩祯</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 李婉婉</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 阿衣拍衣力</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>·</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>月提库尔</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 孙佳友</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 安锵</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 詹昊. 烟草废弃物衍生炭材料的热化学制备与吸附机制研究进展[J]. 能源环境保护, 2025, 39(5): 79−92.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250309.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="405C638B">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5538" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5538</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B62DB6">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>YANG Jialin, MENG Shihao, HAN Boyu, FAN Xuanzhen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LI Wanwan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AYIPAIYILI Yuetikuer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SUN Jiayou</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AN Qiang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZHAN Hao. Advances in Thermo-Chemical Preparation and Adsorption Mechanisms of Carbon Materials Derived from Tobacco Wastes[J]. Energy Environmental Protection, 2025, 39(5): 79−92. DOI: 10.20078/j.eep.20250309.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332322DE">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28470602">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>刘浩业, 刘庆阳, 王天友. 乙烯/甲醇同轴扩散火焰中碳烟颗粒微观和纳观形貌研究[J]. 能源环境保护, 2025, 39(5): 93−104.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250308.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0C6969">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5540" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5540</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F042C52">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>LIU Haoye, LIU Qingyang, WANG Tianyou. Micro- and Nanoscale Morphology of Soot Particles in Ethylene/Methanol Coaxial Diffusion Flames[J]. Energy Environmental Protection, 2025, 39(5): 93−104. DOI: 10.20078/j.eep.20250308.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31957366">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="576A9369">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>王伟刚, 张卓然, 舒诗湖, 王亚宜. 低基质条件下厌氧氨氧化泥膜系统的生物群落分析[J]. 能源环境保护, 2025, 39(5): 105−113.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250307.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B9F9B6">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5542" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5542</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E207E4D">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>WANG Weigang, ZHANG Zhuoran, SHU Shihu, WANG Yayi. Biological Community Analysis of an Anammox Sludge-Biofilm System Under Low Substrate Concentrations[J]. Energy Environmental Protection, 2025, 39(5): 105−113. DOI: 10.20078/j.eep.20250307.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59BA0A4E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55E59578">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>陈露童, 樊晨晨, 江琛, 侯冬梅</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 邹建平. 海藻酸钠/壳聚糖@生物炭微球固定SP-1强化苯酚生物修复[J]. 能源环境保护, 2025, 39(5): 114−124.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250701.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15CAA290">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5544" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5544</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C9E627">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>CHEN Lutong, FAN Chenchen, JIANG Chen, HOU Dongmei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZOU Jianping. Bioremediation of Phenol by SP-1 Immobilized with Sodium Alginate/Chitosan@Biochar Microspheres[J]. Energy Environmental Protection, 2025, 39(5): 114−124. DOI: 10.20078/j.eep.20250701.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102831F5">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0276CA76">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>刘蓉蓉, 张仕凯, 陈磊, 陈东. 被动式微反应器的设计及其混合性能研究[J]. 能源环境保护, 2025, 39(5): 125−133.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250403.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7847DAE4">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5524" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A018402">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>LIU Rongrong, ZHANG Shikai, CHEN Lei, CHEN Dong. Design and Mixing Performance of Passive Microreactors: Simulation and Experimental Study[J]. Energy Environmental Protection, 2025, 39(5): 125−133. DOI: 10.20078/j.eep.20250403.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C3A220C">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42AACF11">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>潘耕龙, 丁颖, 卢安, 朱禹</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 朱浙辉</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 韩东. 可变气门正时对汽油–氨双燃料发动机燃烧与排放特性的影响[J]. 能源环境保护, 2025, 39(5): 134−142.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250112.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A677FAD">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5526" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5526</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A201342">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>PAN Genglong, DING Ying, LU An, ZHU Yu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZHU Zhehui</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HAN Dong. Effects of Variable Valve Timing on Combustion and Emission Characteristics of Gasoline/Ammonia Dual-Fuel Engines[J]. Energy Environmental Protection, 2025, 39(5): 134−142. DOI: 10.20078/j.eep.20250112.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2097DA59">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="406B3FA4">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>蒋诗洁, 杜学森, 於琳翰, 胡陈龙</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 陈艳容. 基于密度泛函理论计算的TiFe-Cu合金储氢性能研究[J]. 能源环境保护, 2025, 39(5): 143−152.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250503.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F954E1">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5528" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5528</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609A811F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>JIANG Shijie, DU Xuesen, YU Linhan, HU Chenlong</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CHEN Yanrong. Hydrogen Storage Properties of TiFe-Cu Alloys Based on Density Functional Theory Calculations[J]. Energy Environmental Protection, 2025, 39(5): 143−152.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250503.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A391A9">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="524E9F54">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>沈杰, 崔浩, 邓晋. 三氟甲磺酸盐促进聚己内酯塑料的氢解回收[J]. 能源环境保护, 2025, 39(5): 153−160.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250207.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3507B9B0">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5530" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5530</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1170204F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>SHEN Jie, CUI Hao, DENG Jin. Hydrogenolysis Recycling of Polycaprolactone Plastics Promoted by Trifluoromethanesulfonates[J]. Energy Environmental Protection, 2025, 39(5): 153−160. DOI: 10.20078/j.eep.20250207.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CEB402E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CC4FE4C">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>马立新, 于榕榕, 李国能, 刘亚杰</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 李强盛</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 靳士振</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 赵丹</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 黄珂楠. 纯氢旋流燃烧及其污染物排放特性的实验研究[J]. 能源环境保护, 2025, 39(5): 161−170.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250404.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D88E2F9">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5532" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5532</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B5B6D9">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>MA Lixin, YU Rongrong, LI Guoneng, LIU Yajie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LI Qiangsheng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JIN Shizhen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZHAO Dan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HUANG Kenan. Experimental Investigation of Pure Hydrogen Swirl Combustion and Its Pollutant Emission Characteristics[J]. Energy Environmental Protection, 2025, 39(5): 161−170. DOI: 10.20078/j.eep.20250404.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8F6808">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CAA0FB2">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>梁慕翔, 秦效海, 许琪, 常琦</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 谢晓靓</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 郭刚</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 昝飞翔</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 吴晓晖. 导电材料对多糖和蛋白质厌氧消化的影响[J]. 能源环境保护, 2025, 39(5): 171−180.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250401.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADCE7D3">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5534" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5534</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73ADDFBF">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>LIANG Muxiang, QIN Xiaohai, XU Qi, CHANG Qi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> XIE Xiaojing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GUO Gang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ZAN Feixiang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WU Xiaohui. Effects of Conductive Materials on Anaerobic Digestion of Polysaccharides and Proteins[J]. Energy Environmental Protection, 2025, 39(5): 171−180. DOI: 10.20078/j.eep.20250401.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4671A3">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="211902FC">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>刘梦谣, 何忻, 赵智强. 含铁沼渣基生物炭的制备及其对城镇有机固废厌氧消化性能的影响[J]. 能源环境保护, 2025, 39(5): 181−190.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20250306.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="523D7A26">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5520" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5520</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C8E473E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>LIU Mengyao, HE Xin, ZHAO Zhiqiang. Preparation of Iron-Containing Digestate-Based Biochar and Its Impacts on Anaerobic Digestion Performance of Urban Organic Solid Wastes[J]. Energy Environmental Protection, 2025, 39(5): 181−190. DOI: 10.20078/j.eep.20250306.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77F9A494">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ABE5887">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:leftChars="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>郭励奥, 赵若淇, 李司琦, 李杨. 纳米磁铁矿对海藻厌氧发酵产甲烷性能影响及机制探究[J]. 能源环境保护, 2025, 39(5): 191−200.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI: 10.20078/j.eep.20241002.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73327B27">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>原文下载链接：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://eep1987.com/download/pdf/36/5522" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="7"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>https://eep1987.com/download/pdf/36/5522</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C405766">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GUO Li′ao, ZHAO Ruoqi, LI Siqi, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>LI Yang</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>. Effects and Mechanisms of Nano-Magnetite on Anaerobic Methanogenesis from Seaweed[J]. Energy Environmental Protection, 2025, 39(5): 191−200. DOI: 10.20078/j.eep.20241002.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425" w:num="1"/>
       <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
@@ -35383,211 +59814,263 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="EB15A9BD"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="EB15A9BD"/>
+    <w:lvl w:ilvl="0" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="FE44286A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FE44286A"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="51C29B0F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="51C29B0F"/>
+    <w:lvl w:ilvl="0" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="6E9B54B6"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6E9B54B6"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader w:val="0"/>
   <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="1"/>
   <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiZTZiNDFlN2VkNDc0ODE4MzE5NTc0ZjY4YzU4ODQ0N2MifQ=="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="38763EC1"/>
     <w:rsid w:val="002E01C1"/>
     <w:rsid w:val="024B23D0"/>
     <w:rsid w:val="028A6F80"/>
+    <w:rsid w:val="02BF7F30"/>
     <w:rsid w:val="035D7AD7"/>
     <w:rsid w:val="03F23291"/>
     <w:rsid w:val="046D7437"/>
     <w:rsid w:val="04D55A90"/>
     <w:rsid w:val="053268AB"/>
     <w:rsid w:val="08474D38"/>
     <w:rsid w:val="08C51558"/>
     <w:rsid w:val="096A4661"/>
     <w:rsid w:val="0AEE2F54"/>
     <w:rsid w:val="0CC3710E"/>
     <w:rsid w:val="0D700D74"/>
     <w:rsid w:val="0F2C75EB"/>
+    <w:rsid w:val="10884B33"/>
     <w:rsid w:val="136F5753"/>
+    <w:rsid w:val="13D12C8B"/>
     <w:rsid w:val="15931250"/>
     <w:rsid w:val="15D431D5"/>
     <w:rsid w:val="16E66D61"/>
     <w:rsid w:val="19D311CD"/>
     <w:rsid w:val="1A7C32D6"/>
     <w:rsid w:val="1B315F9C"/>
+    <w:rsid w:val="1BB7602D"/>
     <w:rsid w:val="209669C7"/>
     <w:rsid w:val="218C23A0"/>
+    <w:rsid w:val="25CA67DA"/>
     <w:rsid w:val="29650B85"/>
     <w:rsid w:val="2D0B213D"/>
+    <w:rsid w:val="2D104627"/>
     <w:rsid w:val="2DD06044"/>
     <w:rsid w:val="2FC37AA2"/>
     <w:rsid w:val="30183013"/>
-    <w:rsid w:val="30327734"/>
+    <w:rsid w:val="31B71D6C"/>
     <w:rsid w:val="31BD684B"/>
     <w:rsid w:val="33144C67"/>
     <w:rsid w:val="34272982"/>
+    <w:rsid w:val="3454003E"/>
     <w:rsid w:val="355F0ADB"/>
     <w:rsid w:val="35650626"/>
     <w:rsid w:val="38763EC1"/>
     <w:rsid w:val="38A65935"/>
     <w:rsid w:val="3A520F44"/>
+    <w:rsid w:val="3A8C18EE"/>
+    <w:rsid w:val="3D335B23"/>
     <w:rsid w:val="3DF9505F"/>
     <w:rsid w:val="3E224549"/>
     <w:rsid w:val="3E3E1ADA"/>
+    <w:rsid w:val="3F004432"/>
     <w:rsid w:val="3F413BD5"/>
     <w:rsid w:val="40790375"/>
     <w:rsid w:val="40A315E2"/>
     <w:rsid w:val="40CD48B1"/>
     <w:rsid w:val="41DF7E59"/>
     <w:rsid w:val="485D0FF3"/>
+    <w:rsid w:val="494476DB"/>
+    <w:rsid w:val="4C390DE1"/>
     <w:rsid w:val="4C451283"/>
+    <w:rsid w:val="4DA30E74"/>
     <w:rsid w:val="4E40011E"/>
     <w:rsid w:val="4E75519E"/>
+    <w:rsid w:val="4FBC3BB8"/>
     <w:rsid w:val="50F43794"/>
     <w:rsid w:val="51901536"/>
     <w:rsid w:val="51C65C5B"/>
     <w:rsid w:val="5401574F"/>
+    <w:rsid w:val="55004DFD"/>
+    <w:rsid w:val="55620BF9"/>
     <w:rsid w:val="574D52B1"/>
     <w:rsid w:val="58BA52C3"/>
     <w:rsid w:val="5A501A6A"/>
     <w:rsid w:val="5DFD1882"/>
     <w:rsid w:val="5E4B445E"/>
     <w:rsid w:val="5E843323"/>
     <w:rsid w:val="60491B1A"/>
     <w:rsid w:val="615B1F7E"/>
     <w:rsid w:val="64C97161"/>
     <w:rsid w:val="650220A7"/>
     <w:rsid w:val="65BF6264"/>
+    <w:rsid w:val="66540110"/>
+    <w:rsid w:val="670B67C7"/>
     <w:rsid w:val="69890BF0"/>
     <w:rsid w:val="6A2D7868"/>
     <w:rsid w:val="6A735C58"/>
     <w:rsid w:val="6CF969FD"/>
+    <w:rsid w:val="6D0464F0"/>
     <w:rsid w:val="6D486FD0"/>
     <w:rsid w:val="6D9C5BA9"/>
     <w:rsid w:val="72040968"/>
     <w:rsid w:val="7229553C"/>
     <w:rsid w:val="72A050D2"/>
     <w:rsid w:val="73565E74"/>
     <w:rsid w:val="742F670E"/>
+    <w:rsid w:val="759C72D9"/>
     <w:rsid w:val="76691370"/>
+    <w:rsid w:val="778E7BEF"/>
     <w:rsid w:val="77D6521C"/>
     <w:rsid w:val="78AD05E5"/>
     <w:rsid w:val="7B237964"/>
     <w:rsid w:val="7B502C48"/>
     <w:rsid w:val="7D0C0064"/>
     <w:rsid w:val="7DA71033"/>
+    <w:rsid w:val="7E4E1E86"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
@@ -36178,62 +60661,62 @@
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>18767</Characters>
+  <Pages>16</Pages>
+  <Words>8089</Words>
+  <Characters>31744</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20946</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.21541_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>35384</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.22529_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>sfy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.21541</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.22529</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>A7A73A96246A4364A45E5354D0659C6E_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiZTZiNDFlN2VkNDc0ODE4MzE5NTc0ZjY4YzU4ODQ0N2MiLCJ1c2VySWQiOiI0MjU1NDE1MDQifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>